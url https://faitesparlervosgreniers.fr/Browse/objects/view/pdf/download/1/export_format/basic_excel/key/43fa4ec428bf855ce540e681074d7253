--- v0 (2025-12-22)
+++ v1 (2026-02-16)
@@ -28,73 +28,73 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
+    <t>Retour d’une chasse au chamois (2-242)</t>
+  </si>
+  <si>
+    <t>Retour d’une chasse au chamois</t>
+  </si>
+  <si>
     <t>Photo des chasseurs de chamois (2-4497)</t>
   </si>
   <si>
     <t>Photo des chasseurs de chamois</t>
   </si>
   <si>
     <t>Retour de chasse au chamois (22-001)</t>
   </si>
   <si>
     <t>Retour de chasse au chamois
 De droite à gauche : RICHARD Pierre, RICHARD Auguste, MOGENIER Joseph Clément, RICHARD André</t>
   </si>
   <si>
     <t>Retour de chasse au chamois d’André MOCCAND et Claude MOCCAND JACQUET  (6-014)</t>
   </si>
   <si>
     <t xml:space="preserve">Retour de chasse au chamois d’André MOCCAND et Claude MOCCAND JACQUET </t>
-  </si>
-[...4 lines deleted...]
-    <t>Retour d’une chasse au chamois</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -119,153 +119,153 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69784404f267d1434fc59fd8e58faf33.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c17e6fdc87c751203a22f98776299e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eba094a7ed5637d8f33c4299811c0ad4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92791cf4643e56b22c66edc7c832fc42.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92791cf4643e56b22c66edc7c832fc42.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69784404f267d1434fc59fd8e58faf33.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c17e6fdc87c751203a22f98776299e2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eba094a7ed5637d8f33c4299811c0ad4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="10496550"/>
+    <xdr:ext cx="6667500" cy="4267200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="8896350"/>
+    <xdr:ext cx="6667500" cy="10496550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="6657975"/>
+    <xdr:ext cx="6667500" cy="8896350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="4267200"/>
+    <xdr:ext cx="6667500" cy="6657975"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -591,81 +591,81 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="936">
+    <row r="2" spans="1:26" customHeight="1" ht="380">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2"/>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="793">
+    <row r="3" spans="1:26" customHeight="1" ht="936">
       <c r="A3"/>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
       <c r="D3"/>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="594">
+    <row r="4" spans="1:26" customHeight="1" ht="793">
       <c r="A4"/>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4"/>
     </row>
-    <row r="5" spans="1:26" customHeight="1" ht="380">
+    <row r="5" spans="1:26" customHeight="1" ht="594">
       <c r="A5"/>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>