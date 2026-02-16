--- v0 (2025-12-22)
+++ v1 (2026-02-16)
@@ -28,245 +28,245 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
-    <t>Les cascades de Sales (2-2536)</t>
-[...39 lines deleted...]
-    <t>Les cascades de Sales, le Trénant, source du Rouget</t>
+    <t>"Les Merveilles de la Nature" à Sixt-Fer-à-Cheval  (56-073)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">"Les Merveilles de la Nature", les cascades à Sixt-Fer-à-Cheval </t>
   </si>
   <si>
     <t>Carte postale de la Cascade du Rouget et du Rocher du Déchargeux (2-355)</t>
   </si>
   <si>
     <t>Carte postale de la Cascade du Rouget et du Rocher du Déchargeux</t>
   </si>
   <si>
-    <t>Torrent de Sales - Chutes supérieures (2-357)</t>
-[...8 lines deleted...]
-    <t>Photos de la Cascade du Rouget</t>
+    <t>Cascade de la Gouille (56-019)</t>
+  </si>
+  <si>
+    <t>Cascade de la Gouille</t>
+  </si>
+  <si>
+    <t>Cascade de la Gouille à Nambride (56-039)</t>
+  </si>
+  <si>
+    <t>Cascade de la Gouille à Nambride</t>
+  </si>
+  <si>
+    <t>Cascade de la Gouille à Nambride (56-089)</t>
+  </si>
+  <si>
+    <t>Cascade de la Gouille à Nambride (56-055)</t>
+  </si>
+  <si>
+    <t>Cascade de la Pleureuse sur la route de Sales  (56-033)</t>
+  </si>
+  <si>
+    <t>Cascade de la Pleureuse sur la route de "Salles"</t>
+  </si>
+  <si>
+    <t>Cascade du Fontany (56-020)</t>
+  </si>
+  <si>
+    <t>Cascade du Fontany</t>
   </si>
   <si>
     <t>Cascades du "Borey" vers le Fond de la Combe (2-461)</t>
   </si>
   <si>
     <t>Cascades du "Borey" vers le Fond de la Combe
 Boret</t>
   </si>
   <si>
-    <t>Ordre admiratif à la commune de Sixt  de Pierre Joseph Revilliol concernant la mauvaise qualité du chemin allant des Vallons à L'Abbaye de Sixt (4-0010)</t>
-[...3 lines deleted...]
-pour la Mauvaise qualité du chemin allant des Vallons à l'Abbaye de Sixt </t>
+    <t>Combe de Sixt - Le Violon (56-016)</t>
+  </si>
+  <si>
+    <t>Combe de Sixt - Le Violon</t>
   </si>
   <si>
     <t>courrier à la Mairie de Sixt  du Sous inspecteur des eaux et forêts du département du Léman de  1809 (4-0011)</t>
   </si>
   <si>
     <t>Courrier a la Mairie de Sixt  du Sous Inspecteur des eaux et Forêts  du département du Léman  de  1809  réclamation des payements des Gardes</t>
   </si>
   <si>
-    <t>Lithographie de la Cascade du Rouget (51-013)</t>
-[...32 lines deleted...]
-    <t>Cascade de la Pleureuse sur la route de "Salles"</t>
+    <t>Dessin des cascades du Dardey et du Nant de la "Vogeallaz" sur la route de la Vogealle (2-3020)</t>
+  </si>
+  <si>
+    <t>Dessin des cascades du Dardey et du Nant de la "Vogeallaz" sur la route de la Vogealle, Boret</t>
+  </si>
+  <si>
+    <t>Extrait du "Guides illustrés de la Vallée du Giffre" de Jean D'Ardenne  (56-101)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Extrait du "Guides illustrés de la Vallée du Giffre" de Jean D'Ardenne </t>
+  </si>
+  <si>
+    <t>La grande Cascade du Loché ou Nant de Salvadon (56-051)</t>
+  </si>
+  <si>
+    <t>La grande Cascade du Loché ou Nant de Salvadon</t>
+  </si>
+  <si>
+    <t>La Joubaz, cascade d'Anterne sur la route des Fonds (2-3026)</t>
+  </si>
+  <si>
+    <t>La Joubaz, cascade d'Anterne sur la route des Fonts</t>
   </si>
   <si>
     <t>La Paroi et la Pointe de Sambet, Cascades de Darmai et la Lâpia (56-035)</t>
   </si>
   <si>
     <t>La Paroi et la Pointe de Sambet, Cascades de Darmai et la Lâpia</t>
   </si>
   <si>
-    <t>Cascade de la Gouille à Nambride (56-039)</t>
-[...2 lines deleted...]
-    <t>Cascade de la Gouille à Nambride</t>
+    <t>La Reine des Alpes, le Rouget (56-068)</t>
+  </si>
+  <si>
+    <t>La Reine des Alpes, le Rouget</t>
+  </si>
+  <si>
+    <t>La Reine du Fer-à-Cheval, la Lyre (56-057)</t>
+  </si>
+  <si>
+    <t>La Reine du Fer-à-Cheval, la Lyre</t>
+  </si>
+  <si>
+    <t>La vallée des "Fonds" (56-096)</t>
+  </si>
+  <si>
+    <t>La vallée des Fonts</t>
+  </si>
+  <si>
+    <t>Le Dardey d'en haut ou la Queue de cheval, cascade du "Boray" (2-3028)</t>
+  </si>
+  <si>
+    <t>Le Dardey d'en haut ou la Queue de cheval, cascade du Boret</t>
   </si>
   <si>
     <t>Le Fer-à-Cheval (56-047)</t>
   </si>
   <si>
     <t xml:space="preserve">Le Fer-à-Cheval
 Col du Tennerverge, Prarian, Finive, Cheval Blanc
 Pissevache, la Lyre, Genneta, La Citerne, La Fénestraille, Le Foly, La Contrainte </t>
   </si>
   <si>
+    <t>Le Fer-à-cheval et les Sources du Giffre (56-011)</t>
+  </si>
+  <si>
+    <t>Le Fer-à-cheval et les Sources du Giffre</t>
+  </si>
+  <si>
+    <t>Le Giffre et le Pic du Tennerverges à "Sixte" (56-063)</t>
+  </si>
+  <si>
+    <t>Le Giffre et le Pic du Tennerverges à "Sixte"</t>
+  </si>
+  <si>
+    <t>Les cascades de Sales (2-2536)</t>
+  </si>
+  <si>
+    <t>Les cascades de Sales</t>
+  </si>
+  <si>
+    <t>Les cascades de Sales (2-3044)</t>
+  </si>
+  <si>
+    <t>Les cascades de Sales, le Trénant, source du Rouget</t>
+  </si>
+  <si>
+    <t>Les cascades sur la route de Sales (2-3036)</t>
+  </si>
+  <si>
+    <t>Les cascades sur la route de Sales
+La Soffà et la Pleureuse</t>
+  </si>
+  <si>
+    <t>Les Gorges des Tines et la cascade du Giffre (2-2977)</t>
+  </si>
+  <si>
+    <t>Les Gorges des Tines et la cascade du Giffre</t>
+  </si>
+  <si>
+    <t>Lithographie de la Cascade du Rouget (51-013)</t>
+  </si>
+  <si>
+    <t>Lithographie de la Cascade du Rouget</t>
+  </si>
+  <si>
+    <t>Ordre admiratif à la commune de Sixt  de Pierre Joseph Revilliol concernant la mauvaise qualité du chemin allant des Vallons à L'Abbaye de Sixt (4-0010)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ordre administratif envoyer le  08 Février 1784 par Pierre- Joseph Revilliol :  vice intendant ,conservateur des Gabelles, Tabellion, Bois et Forêt , Riere la province de Réformateur affefeur de la réforme des études en la même Province
+pour la Mauvaise qualité du chemin allant des Vallons à l'Abbaye de Sixt </t>
+  </si>
+  <si>
     <t>Paroi de Frazon, la Scie ou le Violon au Fond de la Combe (56-048)</t>
   </si>
   <si>
     <t>Paroi de Frazon, la Scie ou le Violon au Fond de la Combe</t>
   </si>
   <si>
     <t>Photo devant La Reine des Alpes, Le Rouget (56-049)</t>
   </si>
   <si>
     <t>Photo devant La Reine des Alpes, Le Rouget</t>
   </si>
   <si>
-    <t>La grande Cascade du Loché ou Nant de Salvadon (56-051)</t>
-[...44 lines deleted...]
-    <t xml:space="preserve">Extrait du "Guides illustrés de la Vallée du Giffre" de Jean D'Ardenne </t>
+    <t>Photos de la Cascade du Rouget (2-369)</t>
+  </si>
+  <si>
+    <t>Photos de la Cascade du Rouget</t>
+  </si>
+  <si>
+    <t>Torrent de Sales - Chutes supérieures (2-357)</t>
+  </si>
+  <si>
+    <t>Torrent de Sales - Chutes supérieures</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -291,993 +291,993 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3819d5af7fa9de76f1705825946d3303.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30f61e8ae3a684ea1092c9b308238e6a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a095f340329193b5c76badbf290f0b26.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a940b24b92d5415ec6fcdb8251e7b59b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45e90bb4e87491c10ab21d08aae79a25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aa158d6986ea17f13130c530a171bd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e20d8b4d0b30f1f565b456f16383fcf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24b950c77e0770da4df3c13ced0fa0fa.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1167eb12427461b6a2df86998a599596.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07a5a5d1f692f19f074e3b0aea8be39.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c312ff4a048fbeec35958e737a4ec084.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9258f570d26e98a59af96056daace00d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3205c70b2922c644c49d30aa277808d6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd1c4de461214abddb63197b98f2775.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/620395e770a77f79f60e68a57e9fe2fc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c32eab26e6ef1fb173802eabb6104be.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9422df9f4a5ab748ff3d9e7a3ef6c15.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb00e4927e4f0f7b102b04d6504508c1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ea8cf30f73e1220d3cf476fdf08969c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02553c29e288f687ec93e5c57f30b145.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b604b3d1a04df9e2d937d3edfb77f05.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8da7eeffa69bdfcec5473651d93ae86.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81be5c701f7faa8a30a36ceb273308a8.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/976450b8fe39890b00972be3ea3ed5cb.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1b14e46b59d5a07daaa5f114d06160.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9cb18d189eebcee707e6ec596f99122.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08bf16caa1e2377dd024562727b5db09.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7101d2eb975387404ff1632ff0f3a10.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/229fd545190eb3e4e0c1346820d6913f.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cba07dfb5469d9e39448e215061efd5.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87d6fc57f1bd013b46a3e89a2c09d65a.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b9e883d7386aa3401f07d9eb89262f.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbbb591a9645443487ff3867f31891bf.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cba07dfb5469d9e39448e215061efd5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24b950c77e0770da4df3c13ced0fa0fa.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9422df9f4a5ab748ff3d9e7a3ef6c15.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b604b3d1a04df9e2d937d3edfb77f05.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87d6fc57f1bd013b46a3e89a2c09d65a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9cb18d189eebcee707e6ec596f99122.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ea8cf30f73e1220d3cf476fdf08969c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb00e4927e4f0f7b102b04d6504508c1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c312ff4a048fbeec35958e737a4ec084.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c32eab26e6ef1fb173802eabb6104be.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3205c70b2922c644c49d30aa277808d6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a095f340329193b5c76badbf290f0b26.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbbb591a9645443487ff3867f31891bf.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1b14e46b59d5a07daaa5f114d06160.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a940b24b92d5415ec6fcdb8251e7b59b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02553c29e288f687ec93e5c57f30b145.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/229fd545190eb3e4e0c1346820d6913f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08bf16caa1e2377dd024562727b5db09.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b9e883d7386aa3401f07d9eb89262f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45e90bb4e87491c10ab21d08aae79a25.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8da7eeffa69bdfcec5473651d93ae86.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/620395e770a77f79f60e68a57e9fe2fc.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7101d2eb975387404ff1632ff0f3a10.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3819d5af7fa9de76f1705825946d3303.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e20d8b4d0b30f1f565b456f16383fcf.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aa158d6986ea17f13130c530a171bd.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30f61e8ae3a684ea1092c9b308238e6a.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd1c4de461214abddb63197b98f2775.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9258f570d26e98a59af96056daace00d.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81be5c701f7faa8a30a36ceb273308a8.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/976450b8fe39890b00972be3ea3ed5cb.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07a5a5d1f692f19f074e3b0aea8be39.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1167eb12427461b6a2df86998a599596.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="6667500" cy="10487025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9925050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10439400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10487025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10125075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10763250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10372725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10715625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10344150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9067800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10163175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10077450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10344150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4295775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9696450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10906125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10448925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10334625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10058400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10029825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="6667500" cy="3143250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
-[...23 lines deleted...]
-      <xdr:row>2</xdr:row>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10191750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10353675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10239375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
-[...173 lines deleted...]
-      <xdr:row>8</xdr:row>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9925050"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
-[...53 lines deleted...]
-      <xdr:row>10</xdr:row>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8591550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10515600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10306050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9925050"/>
-    <xdr:pic>
-[...658 lines deleted...]
-    <xdr:ext cx="6667500" cy="10448925"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -1633,361 +1633,361 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="280">
+    <row r="2" spans="1:26" customHeight="1" ht="935">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2"/>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="913">
+    <row r="3" spans="1:26" customHeight="1" ht="885">
       <c r="A3"/>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
       <c r="D3"/>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="906">
+    <row r="4" spans="1:26" customHeight="1" ht="931">
       <c r="A4"/>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4"/>
     </row>
-    <row r="5" spans="1:26" customHeight="1" ht="923">
+    <row r="5" spans="1:26" customHeight="1" ht="935">
       <c r="A5"/>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5"/>
     </row>
-    <row r="6" spans="1:26" customHeight="1" ht="922">
+    <row r="6" spans="1:26" customHeight="1" ht="903">
       <c r="A6"/>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6"/>
     </row>
-    <row r="7" spans="1:26" customHeight="1" ht="923">
+    <row r="7" spans="1:26" customHeight="1" ht="960">
       <c r="A7"/>
       <c r="B7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D7"/>
     </row>
-    <row r="8" spans="1:26" customHeight="1" ht="909">
+    <row r="8" spans="1:26" customHeight="1" ht="925">
       <c r="A8"/>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D8"/>
     </row>
-    <row r="9" spans="1:26" customHeight="1" ht="885">
+    <row r="9" spans="1:26" customHeight="1" ht="956">
       <c r="A9"/>
       <c r="B9" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C9" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D9"/>
     </row>
-    <row r="10" spans="1:26" customHeight="1" ht="894">
+    <row r="10" spans="1:26" customHeight="1" ht="959">
       <c r="A10"/>
       <c r="B10" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D10"/>
     </row>
-    <row r="11" spans="1:26" customHeight="1" ht="885">
+    <row r="11" spans="1:26" customHeight="1" ht="923">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D11"/>
     </row>
-    <row r="12" spans="1:26" customHeight="1" ht="959">
+    <row r="12" spans="1:26" customHeight="1" ht="809">
       <c r="A12"/>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D12"/>
     </row>
-    <row r="13" spans="1:26" customHeight="1" ht="766">
+    <row r="13" spans="1:26" customHeight="1" ht="906">
       <c r="A13"/>
       <c r="B13" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D13"/>
     </row>
-    <row r="14" spans="1:26" customHeight="1" ht="809">
+    <row r="14" spans="1:26" customHeight="1" ht="894">
       <c r="A14"/>
       <c r="B14" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D14"/>
     </row>
-    <row r="15" spans="1:26" customHeight="1" ht="885">
+    <row r="15" spans="1:26" customHeight="1" ht="899">
       <c r="A15"/>
       <c r="B15" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D15"/>
     </row>
-    <row r="16" spans="1:26" customHeight="1" ht="897">
+    <row r="16" spans="1:26" customHeight="1" ht="923">
       <c r="A16"/>
       <c r="B16" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D16"/>
     </row>
-    <row r="17" spans="1:26" customHeight="1" ht="923">
+    <row r="17" spans="1:26" customHeight="1" ht="383">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D17"/>
     </row>
-    <row r="18" spans="1:26" customHeight="1" ht="931">
+    <row r="18" spans="1:26" customHeight="1" ht="865">
       <c r="A18"/>
       <c r="B18" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D18"/>
     </row>
-    <row r="19" spans="1:26" customHeight="1" ht="956">
+    <row r="19" spans="1:26" customHeight="1" ht="973">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D19"/>
     </row>
-    <row r="20" spans="1:26" customHeight="1" ht="925">
+    <row r="20" spans="1:26" customHeight="1" ht="932">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D20"/>
     </row>
-    <row r="21" spans="1:26" customHeight="1" ht="383">
+    <row r="21" spans="1:26" customHeight="1" ht="922">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D21"/>
     </row>
-    <row r="22" spans="1:26" customHeight="1" ht="935">
+    <row r="22" spans="1:26" customHeight="1" ht="396">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C22" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D22"/>
     </row>
-    <row r="23" spans="1:26" customHeight="1" ht="396">
+    <row r="23" spans="1:26" customHeight="1" ht="897">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C23" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D23"/>
     </row>
-    <row r="24" spans="1:26" customHeight="1" ht="938">
+    <row r="24" spans="1:26" customHeight="1" ht="895">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C24" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D24"/>
     </row>
-    <row r="25" spans="1:26" customHeight="1" ht="919">
+    <row r="25" spans="1:26" customHeight="1" ht="280">
       <c r="A25"/>
       <c r="B25" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C25" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D25"/>
     </row>
-    <row r="26" spans="1:26" customHeight="1" ht="899">
+    <row r="26" spans="1:26" customHeight="1" ht="909">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C26" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D26"/>
     </row>
-    <row r="27" spans="1:26" customHeight="1" ht="960">
+    <row r="27" spans="1:26" customHeight="1" ht="923">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C27" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="D27"/>
     </row>
-    <row r="28" spans="1:26" customHeight="1" ht="973">
+    <row r="28" spans="1:26" customHeight="1" ht="913">
       <c r="A28"/>
       <c r="B28" t="s">
+        <v>54</v>
+      </c>
+      <c r="C28" t="s">
         <v>55</v>
       </c>
-      <c r="C28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28"/>
     </row>
-    <row r="29" spans="1:26" customHeight="1" ht="895">
+    <row r="29" spans="1:26" customHeight="1" ht="885">
       <c r="A29"/>
       <c r="B29" t="s">
+        <v>56</v>
+      </c>
+      <c r="C29" t="s">
         <v>57</v>
       </c>
-      <c r="C29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29"/>
     </row>
-    <row r="30" spans="1:26" customHeight="1" ht="865">
+    <row r="30" spans="1:26" customHeight="1" ht="766">
       <c r="A30"/>
       <c r="B30" t="s">
+        <v>58</v>
+      </c>
+      <c r="C30" t="s">
         <v>59</v>
       </c>
-      <c r="C30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30"/>
     </row>
-    <row r="31" spans="1:26" customHeight="1" ht="935">
+    <row r="31" spans="1:26" customHeight="1" ht="938">
       <c r="A31"/>
       <c r="B31" t="s">
+        <v>60</v>
+      </c>
+      <c r="C31" t="s">
         <v>61</v>
       </c>
-      <c r="C31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31"/>
     </row>
-    <row r="32" spans="1:26" customHeight="1" ht="903">
+    <row r="32" spans="1:26" customHeight="1" ht="919">
       <c r="A32"/>
       <c r="B32" t="s">
+        <v>62</v>
+      </c>
+      <c r="C32" t="s">
         <v>63</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32"/>
     </row>
-    <row r="33" spans="1:26" customHeight="1" ht="932">
+    <row r="33" spans="1:26" customHeight="1" ht="885">
       <c r="A33"/>
       <c r="B33" t="s">
         <v>64</v>
       </c>
       <c r="C33" t="s">
         <v>65</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:26" customHeight="1" ht="894">
       <c r="A34"/>
       <c r="B34" t="s">
         <v>66</v>
       </c>
       <c r="C34" t="s">
         <v>67</v>
       </c>
       <c r="D34"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>